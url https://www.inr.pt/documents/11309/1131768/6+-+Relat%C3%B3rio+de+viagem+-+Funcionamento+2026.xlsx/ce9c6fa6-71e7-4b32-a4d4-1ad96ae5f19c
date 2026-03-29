--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\UCGP\FINANCIAMENTOS\FUNCIONAMENTO\FUNCIONAMENTO 2026\1 - Modelos\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{91B2D448-D1B5-4BCB-BD74-968E29087363}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0CD3A62F-7461-4132-BE6C-9E8F1874F0D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="20" yWindow="20" windowWidth="19180" windowHeight="10060" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Folha1" sheetId="1" r:id="rId1"/>
     <sheet name="Folha2" sheetId="2" r:id="rId2"/>
     <sheet name="Folha3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Folha1!$A$1:$H$40</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Folha1!$A$1:$H$39</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="24">
   <si>
     <t>RELATÓRIO DE VIAGEM</t>
   </si>
   <si>
     <t xml:space="preserve">ONGPD: </t>
   </si>
   <si>
     <t>Motivo da deslocação:</t>
   </si>
   <si>
     <t>Nome do/a trabalhador/a</t>
   </si>
   <si>
     <r>
       <t>Trajeto da deslocação</t>
     </r>
     <r>
       <rPr>
@@ -579,136 +579,136 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -961,410 +961,401 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H40"/>
+  <dimension ref="A1:H39"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A61" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B5" sqref="B5:H5"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="21.7265625" customWidth="1"/>
     <col min="2" max="3" width="18.7265625" customWidth="1"/>
     <col min="4" max="4" width="17.7265625" customWidth="1"/>
     <col min="5" max="5" width="18.7265625" customWidth="1"/>
     <col min="6" max="6" width="7" customWidth="1"/>
     <col min="7" max="7" width="12.81640625" customWidth="1"/>
     <col min="8" max="8" width="10.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.35">
       <c r="G1" s="28" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="A2" s="44"/>
-[...6 lines deleted...]
-      <c r="H2" s="44"/>
+      <c r="A2" s="1"/>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="A3" s="1"/>
-[...6 lines deleted...]
-      <c r="H3" s="1"/>
+      <c r="A3" s="32" t="s">
+        <v>0</v>
+      </c>
+      <c r="B3" s="32"/>
+      <c r="C3" s="32"/>
+      <c r="D3" s="32"/>
+      <c r="E3" s="32"/>
+      <c r="F3" s="32"/>
+      <c r="G3" s="32"/>
+      <c r="H3" s="32"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="A4" s="44" t="s">
-[...11 lines deleted...]
-      <c r="A5" s="1"/>
+      <c r="A4" s="1"/>
+    </row>
+    <row r="5" spans="1:8" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="B5" s="33"/>
+      <c r="C5" s="33"/>
+      <c r="D5" s="33"/>
+      <c r="E5" s="33"/>
+      <c r="F5" s="33"/>
+      <c r="G5" s="33"/>
+      <c r="H5" s="33"/>
     </row>
     <row r="6" spans="1:8" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="9" t="s">
-        <v>1</v>
-[...7 lines deleted...]
-      <c r="H6" s="45"/>
+        <v>2</v>
+      </c>
+      <c r="B6" s="29"/>
+      <c r="C6" s="30"/>
+      <c r="D6" s="30"/>
+      <c r="E6" s="30"/>
+      <c r="F6" s="30"/>
+      <c r="G6" s="30"/>
+      <c r="H6" s="31"/>
     </row>
     <row r="7" spans="1:8" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="9" t="s">
-        <v>2</v>
-[...7 lines deleted...]
-      <c r="H7" s="43"/>
+        <v>17</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" s="12"/>
+      <c r="E7" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="F7" s="10"/>
     </row>
     <row r="8" spans="1:8" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="9" t="s">
-[...23 lines deleted...]
-      <c r="A11" s="30" t="s">
+      <c r="A8" s="4"/>
+      <c r="B8" s="1"/>
+      <c r="C8" s="5"/>
+      <c r="D8" s="5"/>
+      <c r="E8" s="1"/>
+    </row>
+    <row r="9" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="10" spans="1:8" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="36" t="s">
         <v>3</v>
       </c>
-      <c r="B11" s="30" t="s">
+      <c r="B10" s="36" t="s">
         <v>4</v>
       </c>
-      <c r="C11" s="30" t="s">
+      <c r="C10" s="36" t="s">
         <v>5</v>
       </c>
-      <c r="D11" s="48" t="s">
+      <c r="D10" s="38" t="s">
         <v>14</v>
       </c>
-      <c r="E11" s="30" t="s">
+      <c r="E10" s="36" t="s">
         <v>6</v>
       </c>
-      <c r="F11" s="46" t="s">
+      <c r="F10" s="34" t="s">
         <v>7</v>
       </c>
-      <c r="G11" s="47"/>
-      <c r="H11" s="30" t="s">
+      <c r="G10" s="35"/>
+      <c r="H10" s="36" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="12" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-[...5 lines deleted...]
-      <c r="F12" s="6" t="s">
+    <row r="11" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A11" s="37"/>
+      <c r="B11" s="37"/>
+      <c r="C11" s="37"/>
+      <c r="D11" s="39"/>
+      <c r="E11" s="37"/>
+      <c r="F11" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G12" s="7" t="s">
+      <c r="G11" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="H12" s="31"/>
-[...9 lines deleted...]
-      <c r="H13" s="19"/>
+      <c r="H11" s="37"/>
+    </row>
+    <row r="12" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="16"/>
+      <c r="B12" s="16"/>
+      <c r="C12" s="16"/>
+      <c r="D12" s="16"/>
+      <c r="E12" s="16"/>
+      <c r="F12" s="17"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="19"/>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A13" s="24"/>
+      <c r="B13" s="24"/>
+      <c r="C13" s="24"/>
+      <c r="D13" s="24"/>
+      <c r="E13" s="24"/>
+      <c r="F13" s="25"/>
+      <c r="G13" s="26"/>
+      <c r="H13" s="27"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A14" s="24"/>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="25"/>
       <c r="G14" s="26"/>
       <c r="H14" s="27"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A15" s="24"/>
       <c r="B15" s="24"/>
       <c r="C15" s="24"/>
       <c r="D15" s="24"/>
       <c r="E15" s="24"/>
       <c r="F15" s="25"/>
       <c r="G15" s="26"/>
       <c r="H15" s="27"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
-[...17 lines deleted...]
-      <c r="H17" s="23"/>
+    <row r="16" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A16" s="20"/>
+      <c r="B16" s="20"/>
+      <c r="C16" s="20"/>
+      <c r="D16" s="20"/>
+      <c r="E16" s="20"/>
+      <c r="F16" s="21"/>
+      <c r="G16" s="22"/>
+      <c r="H16" s="23"/>
+    </row>
+    <row r="17" spans="1:8" ht="15" x14ac:dyDescent="0.35">
+      <c r="A17" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="18" spans="1:8" ht="15" x14ac:dyDescent="0.35">
       <c r="A18" s="2" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="15" x14ac:dyDescent="0.35">
-      <c r="A19" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A20" s="2"/>
+      <c r="A19" s="2"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A21" s="41" t="s">
+        <v>13</v>
+      </c>
+      <c r="B21" s="42"/>
+      <c r="C21" s="42"/>
+      <c r="D21" s="42"/>
+      <c r="E21" s="42"/>
+      <c r="F21" s="42"/>
+      <c r="G21" s="42"/>
+      <c r="H21" s="43"/>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="A22" s="32" t="s">
-[...8 lines deleted...]
-      <c r="H22" s="34"/>
+      <c r="A22" s="44"/>
+      <c r="B22" s="45"/>
+      <c r="C22" s="45"/>
+      <c r="D22" s="45"/>
+      <c r="E22" s="45"/>
+      <c r="F22" s="45"/>
+      <c r="G22" s="45"/>
+      <c r="H22" s="46"/>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="A23" s="35"/>
-[...6 lines deleted...]
-      <c r="H23" s="37"/>
+      <c r="A23" s="44"/>
+      <c r="B23" s="45"/>
+      <c r="C23" s="45"/>
+      <c r="D23" s="45"/>
+      <c r="E23" s="45"/>
+      <c r="F23" s="45"/>
+      <c r="G23" s="45"/>
+      <c r="H23" s="46"/>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="A24" s="35"/>
-[...6 lines deleted...]
-      <c r="H24" s="37"/>
+      <c r="A24" s="44"/>
+      <c r="B24" s="45"/>
+      <c r="C24" s="45"/>
+      <c r="D24" s="45"/>
+      <c r="E24" s="45"/>
+      <c r="F24" s="45"/>
+      <c r="G24" s="45"/>
+      <c r="H24" s="46"/>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="A25" s="35"/>
-[...6 lines deleted...]
-      <c r="H25" s="37"/>
+      <c r="A25" s="44"/>
+      <c r="B25" s="45"/>
+      <c r="C25" s="45"/>
+      <c r="D25" s="45"/>
+      <c r="E25" s="45"/>
+      <c r="F25" s="45"/>
+      <c r="G25" s="45"/>
+      <c r="H25" s="46"/>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="A26" s="35"/>
-[...6 lines deleted...]
-      <c r="H26" s="37"/>
+      <c r="A26" s="44"/>
+      <c r="B26" s="45"/>
+      <c r="C26" s="45"/>
+      <c r="D26" s="45"/>
+      <c r="E26" s="45"/>
+      <c r="F26" s="45"/>
+      <c r="G26" s="45"/>
+      <c r="H26" s="46"/>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="A27" s="35"/>
-[...6 lines deleted...]
-      <c r="H27" s="37"/>
+      <c r="A27" s="44"/>
+      <c r="B27" s="45"/>
+      <c r="C27" s="45"/>
+      <c r="D27" s="45"/>
+      <c r="E27" s="45"/>
+      <c r="F27" s="45"/>
+      <c r="G27" s="45"/>
+      <c r="H27" s="46"/>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="A28" s="35"/>
-[...6 lines deleted...]
-      <c r="H28" s="37"/>
+      <c r="A28" s="44"/>
+      <c r="B28" s="45"/>
+      <c r="C28" s="45"/>
+      <c r="D28" s="45"/>
+      <c r="E28" s="45"/>
+      <c r="F28" s="45"/>
+      <c r="G28" s="45"/>
+      <c r="H28" s="46"/>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="A29" s="35"/>
-[...6 lines deleted...]
-      <c r="H29" s="37"/>
+      <c r="A29" s="47"/>
+      <c r="B29" s="48"/>
+      <c r="C29" s="48"/>
+      <c r="D29" s="48"/>
+      <c r="E29" s="48"/>
+      <c r="F29" s="48"/>
+      <c r="G29" s="48"/>
+      <c r="H29" s="49"/>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="A30" s="38"/>
-[...19 lines deleted...]
-      <c r="A33" s="8" t="s">
+      <c r="A30" s="14"/>
+      <c r="B30" s="14"/>
+      <c r="C30" s="14"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="14"/>
+      <c r="F30" s="14"/>
+      <c r="G30" s="14"/>
+      <c r="H30" s="14"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A32" s="8" t="s">
         <v>15</v>
       </c>
-      <c r="B33" s="3"/>
-[...6 lines deleted...]
-      <c r="A35" s="15" t="s">
+      <c r="B32" s="3"/>
+      <c r="C32" s="3"/>
+      <c r="D32" s="3"/>
+      <c r="E32" s="3"/>
+      <c r="F32" s="3"/>
+    </row>
+    <row r="34" spans="1:7" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="15" t="s">
         <v>21</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A35" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A36" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A37" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      <c r="A38" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="40" spans="1:7" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="G40" s="29"/>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A39" s="40"/>
+      <c r="B39" s="40"/>
+      <c r="C39" s="40"/>
+      <c r="D39" s="40"/>
+      <c r="E39" s="40"/>
+      <c r="F39" s="40"/>
+      <c r="G39" s="40"/>
     </row>
   </sheetData>
-  <mergeCells count="13">
-[...2 lines deleted...]
-    <mergeCell ref="A2:H2"/>
+  <mergeCells count="12">
+    <mergeCell ref="A39:G39"/>
+    <mergeCell ref="C10:C11"/>
+    <mergeCell ref="B10:B11"/>
+    <mergeCell ref="A10:A11"/>
+    <mergeCell ref="A21:H29"/>
     <mergeCell ref="B6:H6"/>
-    <mergeCell ref="F11:G11"/>
-[...7 lines deleted...]
-    <mergeCell ref="A22:H30"/>
+    <mergeCell ref="A3:H3"/>
+    <mergeCell ref="B5:H5"/>
+    <mergeCell ref="F10:G10"/>
+    <mergeCell ref="H10:H11"/>
+    <mergeCell ref="E10:E11"/>
+    <mergeCell ref="D10:D11"/>
   </mergeCells>
   <pageMargins left="0.31496062992125984" right="0.11811023622047245" top="1.0629921259842521" bottom="0.51181102362204722" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="78" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>